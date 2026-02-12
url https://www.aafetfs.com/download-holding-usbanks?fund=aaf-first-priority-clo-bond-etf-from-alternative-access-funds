--- v0 (2025-12-29)
+++ v1 (2026-02-12)
@@ -12,503 +12,499 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
   <si>
     <t xml:space="preserve">Altac | AAA | ETF Holdings </t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>5.12%</t>
+    <t>6.20%</t>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
-    <t>4.81%</t>
+    <t>4.75%</t>
   </si>
   <si>
     <t>FCBSL 2025-2A A V/R 10/15/38</t>
   </si>
   <si>
     <t>US34967CAC73</t>
   </si>
   <si>
     <t>34967CAC7</t>
   </si>
   <si>
-    <t>4.79%</t>
+    <t>4.74%</t>
   </si>
   <si>
     <t>FCBSL 2024-4A A V/R 01/15/38</t>
   </si>
   <si>
     <t>US34966VAA08</t>
   </si>
   <si>
     <t>34966VAA0</t>
   </si>
   <si>
-    <t>4.78%</t>
-[...1 lines deleted...]
-  <si>
     <t>AMMC 2025-31A A1 V/R 02/20/38</t>
   </si>
   <si>
     <t>US03166GAA67</t>
   </si>
   <si>
     <t>03166GAA6</t>
   </si>
   <si>
+    <t>CEDF 2017-8A ARR V/R 01/17/38</t>
+  </si>
+  <si>
+    <t>US15032EAY59</t>
+  </si>
+  <si>
+    <t>15032EAY5</t>
+  </si>
+  <si>
     <t>APID 2022-39A A1 V/R 10/21/38</t>
   </si>
   <si>
     <t>US03766HAQ39</t>
   </si>
   <si>
     <t>03766HAQ3</t>
   </si>
   <si>
-    <t>CEDF 2017-8A ARR V/R 01/17/38</t>
-[...8 lines deleted...]
-    <t>4.77%</t>
+    <t>4.73%</t>
   </si>
   <si>
     <t>MAGNE 2023-34A A V/R 01/15/38</t>
   </si>
   <si>
     <t>US55952MAJ27</t>
   </si>
   <si>
     <t>55952MAJ2</t>
   </si>
   <si>
     <t>VOYA 2021-2A A1R V/R 04/20/38</t>
   </si>
   <si>
     <t>US92919AAN46</t>
   </si>
   <si>
     <t>92919AAN4</t>
   </si>
   <si>
-    <t>3.59%</t>
+    <t>3.56%</t>
+  </si>
+  <si>
+    <t>LCM 40A A1R V/R 01/15/38</t>
+  </si>
+  <si>
+    <t>US50190KAN00</t>
+  </si>
+  <si>
+    <t>50190KAN0</t>
   </si>
   <si>
     <t>SPCLO 2024-7A A1 V/R 01/15/38</t>
   </si>
   <si>
     <t>US82808UAA34</t>
   </si>
   <si>
     <t>82808UAA3</t>
   </si>
   <si>
-    <t>LCM 40A A1R V/R 01/15/38</t>
-[...5 lines deleted...]
-    <t>50190KAN0</t>
+    <t>3.55%</t>
   </si>
   <si>
     <t>TRNTS 2024-30A A V/R 10/23/37</t>
   </si>
   <si>
     <t>US89643DAA54</t>
   </si>
   <si>
     <t>89643DAA5</t>
   </si>
   <si>
-    <t>3.57%</t>
-[...1 lines deleted...]
-  <si>
     <t>BCC 2025-1A A1 V/R 04/23/38</t>
   </si>
   <si>
     <t>US05686CAA18</t>
   </si>
   <si>
     <t>05686CAA1</t>
   </si>
   <si>
-    <t>3.35%</t>
+    <t>3.32%</t>
   </si>
   <si>
     <t>BLUEM 2019-25A A V/R 01/15/38</t>
   </si>
   <si>
     <t>US09627FBA75</t>
   </si>
   <si>
     <t>09627FBA7</t>
   </si>
   <si>
-    <t>2.39%</t>
+    <t>2.37%</t>
   </si>
   <si>
     <t>HARUS 2024-2A A1 V/R 10/15/37</t>
   </si>
   <si>
     <t>US41756YAA38</t>
   </si>
   <si>
     <t>41756YAA3</t>
   </si>
   <si>
+    <t>AGL 2020-4A AR2 V/R 10/20/37</t>
+  </si>
+  <si>
+    <t>US001199AQ17</t>
+  </si>
+  <si>
+    <t>001199AQ1</t>
+  </si>
+  <si>
+    <t>NEUB 2020-39A A1 V/R 04/20/38</t>
+  </si>
+  <si>
+    <t>US64134GAL32</t>
+  </si>
+  <si>
+    <t>64134GAL3</t>
+  </si>
+  <si>
+    <t>OCT47 2020-1A A1 V/R 01/22/38</t>
+  </si>
+  <si>
+    <t>US67576XAW02</t>
+  </si>
+  <si>
+    <t>67576XAW0</t>
+  </si>
+  <si>
     <t>CIFC 2019-6A A1R V/R 07/16/37</t>
   </si>
   <si>
     <t>US12555XAN12</t>
   </si>
   <si>
     <t>12555XAN1</t>
   </si>
   <si>
+    <t>CARVL 2022-2A A1 V/R 10/22/37</t>
+  </si>
+  <si>
+    <t>US14686NAL55</t>
+  </si>
+  <si>
+    <t>14686NAL5</t>
+  </si>
+  <si>
+    <t>CARVL 2024-3A A1 V/R 10/20/37</t>
+  </si>
+  <si>
+    <t>US14688RAA86</t>
+  </si>
+  <si>
+    <t>14688RAA8</t>
+  </si>
+  <si>
+    <t>CEDF 2018-9A AR V/R 07/20/37</t>
+  </si>
+  <si>
+    <t>US15033EAN85</t>
+  </si>
+  <si>
+    <t>15033EAN8</t>
+  </si>
+  <si>
+    <t>KLLM 9A AR V/R 01/20/38</t>
+  </si>
+  <si>
+    <t>US37147LAN91</t>
+  </si>
+  <si>
+    <t>37147LAN9</t>
+  </si>
+  <si>
+    <t>VENTR 2022-46A A V/R 10/20/37</t>
+  </si>
+  <si>
+    <t>US92326CBA45</t>
+  </si>
+  <si>
+    <t>92326CBA4</t>
+  </si>
+  <si>
     <t>OCT29 2016-1A A1 V/R 07/18/37</t>
   </si>
   <si>
     <t>US67591JAU60</t>
   </si>
   <si>
     <t>67591JAU6</t>
   </si>
   <si>
-    <t>VENTR 2022-46A A V/R 10/20/37</t>
-[...14 lines deleted...]
-    <t>001199AQ1</t>
+    <t>ROCKT 2024-1A A1 V/R 04/20/37</t>
+  </si>
+  <si>
+    <t>US77342BAA89</t>
+  </si>
+  <si>
+    <t>77342BAA8</t>
   </si>
   <si>
     <t>WELF 2024-1A A1 V/R 07/18/37</t>
   </si>
   <si>
     <t>US94951AAA79</t>
   </si>
   <si>
     <t>94951AAA7</t>
   </si>
   <si>
-    <t>ROCKT 2024-1A A1 V/R 04/20/37</t>
-[...61 lines deleted...]
-  <si>
     <t>SNDPT 2019-2A AR V/R 07/15/34</t>
   </si>
   <si>
     <t>US83614BAQ23</t>
   </si>
   <si>
     <t>83614BAQ2</t>
   </si>
   <si>
-    <t>2.38%</t>
+    <t>2.36%</t>
   </si>
   <si>
     <t>MLFPK 2022-1A AR V/R 01/20/38</t>
   </si>
   <si>
     <t>US59966PAN24</t>
   </si>
   <si>
     <t>59966PAN2</t>
   </si>
   <si>
-    <t>2.15%</t>
+    <t>2.13%</t>
   </si>
   <si>
     <t>LCM 32A A1 V/R 07/20/34</t>
   </si>
   <si>
     <t>US50204AAA43</t>
   </si>
   <si>
     <t>50204AAA4</t>
   </si>
   <si>
-    <t>1.79%</t>
+    <t>1.77%</t>
   </si>
   <si>
     <t>MP8 2015-2A ARR V/R 04/28/34</t>
   </si>
   <si>
     <t>US62481WAL19</t>
   </si>
   <si>
     <t>62481WAL1</t>
   </si>
   <si>
-    <t>1.20%</t>
+    <t>1.18%</t>
   </si>
   <si>
     <t>WYZE 2023-2A A V/R 01/15/37</t>
   </si>
   <si>
     <t>US97719TAA25</t>
   </si>
   <si>
     <t>97719TAA2</t>
   </si>
   <si>
-    <t>1.12%</t>
+    <t>1.11%</t>
   </si>
   <si>
     <t>BLUEM 2019-24A A V/R 04/20/34</t>
   </si>
   <si>
     <t>US09609NAL91</t>
   </si>
   <si>
     <t>09609NAL9</t>
   </si>
   <si>
-    <t>0.72%</t>
+    <t>0.71%</t>
   </si>
   <si>
     <t>ROCKT 2021-1A A1 V/R 07/20/34</t>
   </si>
   <si>
     <t>US77341KAA97</t>
   </si>
   <si>
     <t>77341KAA9</t>
   </si>
   <si>
-    <t>0.60%</t>
+    <t>0.59%</t>
   </si>
   <si>
     <t>CBAM 2017-2A AR V/R 07/17/34</t>
   </si>
   <si>
     <t>US12481KAS78</t>
   </si>
   <si>
     <t>12481KAS7</t>
   </si>
   <si>
-    <t>0.19%</t>
+    <t>0.06%</t>
   </si>
   <si>
     <t>VIBR 2019-11A A1 V/R 07/20/32</t>
   </si>
   <si>
     <t>US92558NAJ19</t>
   </si>
   <si>
     <t>92558NAJ1</t>
   </si>
   <si>
-    <t>0.07%</t>
+    <t>0.00%</t>
   </si>
   <si>
     <t>SHACK 2013-4RA A V/R 04/13/31</t>
   </si>
   <si>
     <t>US81882HAA32</t>
   </si>
   <si>
     <t>81882HAA3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="14"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
-      <patternFill patternType="gray125">
-[...2 lines deleted...]
-      </patternFill>
+      <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
-    <border/>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
-[...4 lines deleted...]
-    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
+    <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -771,68 +767,68 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:W39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="20.280762" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="16.567383" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="20.281" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="16.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
     <row r="3" spans="1:23">
       <c r="A3" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>4</v>
       </c>
@@ -849,792 +845,793 @@
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
-        <v>2171920.46</v>
+        <v>2635887.32</v>
       </c>
       <c r="F4">
-        <v>2171920.46</v>
+        <v>2635887.32</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5">
         <v>2000000</v>
       </c>
       <c r="F5">
-        <v>2040412.04</v>
+        <v>2019074.06</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
         <v>13</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>16</v>
       </c>
       <c r="E6">
         <v>2000000</v>
       </c>
       <c r="F6">
-        <v>2029940.75</v>
+        <v>2016208.26</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
+        <v>13</v>
+      </c>
+      <c r="B7" t="s">
         <v>17</v>
       </c>
-      <c r="B7" t="s">
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="E7">
         <v>2000000</v>
       </c>
       <c r="F7">
-        <v>2027528.6</v>
+        <v>2014865.71</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
         <v>21</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E8">
         <v>2000000</v>
       </c>
       <c r="F8">
-        <v>2027184.89</v>
+        <v>2013268.11</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B9" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" t="s">
         <v>24</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E9">
         <v>2000000</v>
       </c>
       <c r="F9">
-        <v>2026326.37</v>
+        <v>2012286.92</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
         <v>27</v>
       </c>
-      <c r="B10" t="s">
+      <c r="C10" t="s">
         <v>28</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="E10">
         <v>2000000</v>
       </c>
       <c r="F10">
-        <v>2021460.97</v>
+        <v>2010538.57</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
+        <v>30</v>
+      </c>
+      <c r="C11" t="s">
         <v>31</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="E11">
         <v>2000000</v>
       </c>
       <c r="F11">
-        <v>2020072.96</v>
+        <v>2009681.42</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
+        <v>33</v>
+      </c>
+      <c r="B12" t="s">
         <v>34</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>35</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="E12">
         <v>1500000</v>
       </c>
       <c r="F12">
-        <v>1522081.54</v>
+        <v>1511770.3</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" t="s">
         <v>38</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="E13">
         <v>1500000</v>
       </c>
       <c r="F13">
-        <v>1522014.51</v>
+        <v>1511615.11</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
         <v>41</v>
       </c>
       <c r="C14" t="s">
         <v>42</v>
       </c>
       <c r="D14" t="s">
         <v>43</v>
       </c>
       <c r="E14">
         <v>1500000</v>
       </c>
       <c r="F14">
-        <v>1520278.97</v>
+        <v>1510313.99</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
         <v>44</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>45</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E15">
         <v>1500000</v>
       </c>
       <c r="F15">
-        <v>1514325.22</v>
+        <v>1507031.24</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
+        <v>47</v>
+      </c>
+      <c r="B16" t="s">
         <v>48</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>49</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
       <c r="E16">
         <v>1400000</v>
       </c>
       <c r="F16">
-        <v>1419241.48</v>
+        <v>1411958.73</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
         <v>52</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>53</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
       <c r="E17">
         <v>1000000</v>
       </c>
       <c r="F17">
-        <v>1014779.87</v>
+        <v>1007705.83</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" t="s">
         <v>56</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="E18">
         <v>1000000</v>
       </c>
       <c r="F18">
-        <v>1014703.86</v>
+        <v>1007458.97</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="s">
         <v>59</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="E19">
         <v>1000000</v>
       </c>
       <c r="F19">
-        <v>1014271.62</v>
+        <v>1007376.43</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B20" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" t="s">
         <v>62</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E20">
         <v>1000000</v>
       </c>
       <c r="F20">
-        <v>1013981.92</v>
+        <v>1007302.01</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C21" t="s">
         <v>65</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="E21">
         <v>1000000</v>
       </c>
       <c r="F21">
-        <v>1013946.01</v>
+        <v>1007186.2</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B22" t="s">
+        <v>67</v>
+      </c>
+      <c r="C22" t="s">
         <v>68</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="E22">
         <v>1000000</v>
       </c>
       <c r="F22">
-        <v>1013852.44</v>
+        <v>1007148.07</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" t="s">
         <v>71</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="E23">
         <v>1000000</v>
       </c>
       <c r="F23">
-        <v>1013811.86</v>
+        <v>1007007.46</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B24" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" t="s">
         <v>74</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
       <c r="E24">
         <v>1000000</v>
       </c>
       <c r="F24">
-        <v>1013775.46</v>
+        <v>1006846.43</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B25" t="s">
+        <v>76</v>
+      </c>
+      <c r="C25" t="s">
         <v>77</v>
       </c>
-      <c r="C25" t="s">
+      <c r="D25" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
       <c r="E25">
         <v>1000000</v>
       </c>
       <c r="F25">
-        <v>1013648.39</v>
+        <v>1006841.31</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B26" t="s">
+        <v>79</v>
+      </c>
+      <c r="C26" t="s">
         <v>80</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
       <c r="E26">
         <v>1000000</v>
       </c>
       <c r="F26">
-        <v>1013644.52</v>
+        <v>1006645.6</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B27" t="s">
+        <v>82</v>
+      </c>
+      <c r="C27" t="s">
         <v>83</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E27">
         <v>1000000</v>
       </c>
       <c r="F27">
-        <v>1013264.28</v>
+        <v>1006620.44</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B28" t="s">
+        <v>85</v>
+      </c>
+      <c r="C28" t="s">
         <v>86</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>87</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E28">
         <v>1000000</v>
       </c>
       <c r="F28">
-        <v>1012863.08</v>
+        <v>1005537.72</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B29" t="s">
+        <v>88</v>
+      </c>
+      <c r="C29" t="s">
         <v>89</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E29">
         <v>1000000</v>
       </c>
       <c r="F29">
-        <v>1012742.29</v>
+        <v>1005283.04</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B30" t="s">
+        <v>91</v>
+      </c>
+      <c r="C30" t="s">
         <v>92</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E30">
         <v>1000000</v>
       </c>
       <c r="F30">
-        <v>1012201.51</v>
+        <v>1005122.09</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
+        <v>94</v>
+      </c>
+      <c r="B31" t="s">
         <v>95</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>96</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E31">
         <v>1000000</v>
       </c>
       <c r="F31">
-        <v>1009841.53</v>
+        <v>1004473.82</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
+        <v>98</v>
+      </c>
+      <c r="B32" t="s">
         <v>99</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>100</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>101</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="E32">
         <v>900000</v>
       </c>
       <c r="F32">
-        <v>910187.91</v>
+        <v>904379.03</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
+        <v>102</v>
+      </c>
+      <c r="B33" t="s">
         <v>103</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>104</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>105</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="E33">
         <v>750000</v>
       </c>
       <c r="F33">
-        <v>757833.04</v>
+        <v>753085.87</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
+        <v>106</v>
+      </c>
+      <c r="B34" t="s">
         <v>107</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>108</v>
       </c>
-      <c r="C34" t="s">
+      <c r="D34" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="E34">
         <v>500000</v>
       </c>
       <c r="F34">
-        <v>507201.86</v>
+        <v>502704.08</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
+        <v>110</v>
+      </c>
+      <c r="B35" t="s">
         <v>111</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>112</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="E35">
         <v>470000</v>
       </c>
       <c r="F35">
-        <v>475315.5</v>
+        <v>471953.43</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
+        <v>114</v>
+      </c>
+      <c r="B36" t="s">
         <v>115</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>116</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="E36">
         <v>300000</v>
       </c>
       <c r="F36">
-        <v>303451.69</v>
+        <v>301354.2</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
+        <v>118</v>
+      </c>
+      <c r="B37" t="s">
         <v>119</v>
       </c>
-      <c r="B37" t="s">
+      <c r="C37" t="s">
         <v>120</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>121</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="E37">
         <v>250000</v>
       </c>
       <c r="F37">
-        <v>252935.77</v>
+        <v>251337.17</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
+        <v>122</v>
+      </c>
+      <c r="B38" t="s">
         <v>123</v>
       </c>
-      <c r="B38" t="s">
+      <c r="C38" t="s">
         <v>124</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>125</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38">
-        <v>78566.3226</v>
+        <v>25450.7466</v>
       </c>
       <c r="F38">
-        <v>79419.91</v>
+        <v>25548.97</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
+        <v>126</v>
+      </c>
+      <c r="B39" t="s">
         <v>127</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39" t="s">
         <v>128</v>
       </c>
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>129</v>
       </c>
-      <c r="D39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39">
-        <v>30635.6204</v>
+        <v>1084.412</v>
       </c>
       <c r="F39">
-        <v>30994.8</v>
+        <v>1090.3</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
+  <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
+  <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Worksheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Microsoft Corporation</Company>
+  <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Unknown Creator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:description/>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>