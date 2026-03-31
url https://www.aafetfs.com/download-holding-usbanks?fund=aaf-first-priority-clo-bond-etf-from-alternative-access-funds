--- v1 (2026-02-12)
+++ v2 (2026-03-31)
@@ -12,428 +12,404 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t xml:space="preserve">Altac | AAA | ETF Holdings </t>
   </si>
   <si>
     <t>% Of Net Assets</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>CUSIP</t>
   </si>
   <si>
     <t>Share Held</t>
   </si>
   <si>
     <t>Market Value</t>
   </si>
   <si>
-    <t>6.20%</t>
+    <t>6.74%</t>
   </si>
   <si>
     <t>CASH</t>
   </si>
   <si>
+    <t>4.76%</t>
+  </si>
+  <si>
+    <t>FCBSL 2025-2A A V/R 10/15/38</t>
+  </si>
+  <si>
+    <t>US34967CAC73</t>
+  </si>
+  <si>
+    <t>34967CAC7</t>
+  </si>
+  <si>
+    <t>FCBSL 2024-4A A V/R 01/15/38</t>
+  </si>
+  <si>
+    <t>US34966VAA08</t>
+  </si>
+  <si>
+    <t>34966VAA0</t>
+  </si>
+  <si>
     <t>4.75%</t>
   </si>
   <si>
-    <t>FCBSL 2025-2A A V/R 10/15/38</t>
-[...5 lines deleted...]
-    <t>34967CAC7</t>
+    <t>AMMC 2025-31A A1 V/R 02/20/38</t>
+  </si>
+  <si>
+    <t>US03166GAA67</t>
+  </si>
+  <si>
+    <t>03166GAA6</t>
+  </si>
+  <si>
+    <t>APID 2022-39A A1 V/R 10/21/38</t>
+  </si>
+  <si>
+    <t>US03766HAQ39</t>
+  </si>
+  <si>
+    <t>03766HAQ3</t>
+  </si>
+  <si>
+    <t>CEDF 2017-8A ARR V/R 01/17/38</t>
+  </si>
+  <si>
+    <t>US15032EAY59</t>
+  </si>
+  <si>
+    <t>15032EAY5</t>
   </si>
   <si>
     <t>4.74%</t>
   </si>
   <si>
-    <t>FCBSL 2024-4A A V/R 01/15/38</t>
-[...37 lines deleted...]
-  <si>
     <t>MAGNE 2023-34A A V/R 01/15/38</t>
   </si>
   <si>
     <t>US55952MAJ27</t>
   </si>
   <si>
     <t>55952MAJ2</t>
   </si>
   <si>
     <t>VOYA 2021-2A A1R V/R 04/20/38</t>
   </si>
   <si>
     <t>US92919AAN46</t>
   </si>
   <si>
     <t>92919AAN4</t>
   </si>
   <si>
+    <t>3.57%</t>
+  </si>
+  <si>
+    <t>LCM 40A A1R V/R 01/15/38</t>
+  </si>
+  <si>
+    <t>US50190KAN00</t>
+  </si>
+  <si>
+    <t>50190KAN0</t>
+  </si>
+  <si>
+    <t>SPCLO 2024-7A A1 V/R 01/15/38</t>
+  </si>
+  <si>
+    <t>US82808UAA34</t>
+  </si>
+  <si>
+    <t>82808UAA3</t>
+  </si>
+  <si>
+    <t>TRNTS 2024-30A A V/R 10/23/37</t>
+  </si>
+  <si>
+    <t>US89643DAA54</t>
+  </si>
+  <si>
+    <t>89643DAA5</t>
+  </si>
+  <si>
     <t>3.56%</t>
   </si>
   <si>
-    <t>LCM 40A A1R V/R 01/15/38</t>
-[...28 lines deleted...]
-  <si>
     <t>BCC 2025-1A A1 V/R 04/23/38</t>
   </si>
   <si>
     <t>US05686CAA18</t>
   </si>
   <si>
     <t>05686CAA1</t>
   </si>
   <si>
-    <t>3.32%</t>
+    <t>3.33%</t>
   </si>
   <si>
     <t>BLUEM 2019-25A A V/R 01/15/38</t>
   </si>
   <si>
     <t>US09627FBA75</t>
   </si>
   <si>
     <t>09627FBA7</t>
   </si>
   <si>
+    <t>2.38%</t>
+  </si>
+  <si>
+    <t>CIFC 2019-6A A1R V/R 07/16/37</t>
+  </si>
+  <si>
+    <t>US12555XAN12</t>
+  </si>
+  <si>
+    <t>12555XAN1</t>
+  </si>
+  <si>
+    <t>HARUS 2024-2A A1 V/R 10/15/37</t>
+  </si>
+  <si>
+    <t>US41756YAA38</t>
+  </si>
+  <si>
+    <t>41756YAA3</t>
+  </si>
+  <si>
+    <t>OCT29 2016-1A A1 V/R 07/18/37</t>
+  </si>
+  <si>
+    <t>US67591JAU60</t>
+  </si>
+  <si>
+    <t>67591JAU6</t>
+  </si>
+  <si>
+    <t>SNDPT 2019-2A AR V/R 07/15/34</t>
+  </si>
+  <si>
+    <t>US83614BAQ23</t>
+  </si>
+  <si>
+    <t>83614BAQ2</t>
+  </si>
+  <si>
+    <t>ROCKT 2024-1A A1 V/R 04/20/37</t>
+  </si>
+  <si>
+    <t>US77342BAA89</t>
+  </si>
+  <si>
+    <t>77342BAA8</t>
+  </si>
+  <si>
+    <t>WELF 2024-1A A1 V/R 07/18/37</t>
+  </si>
+  <si>
+    <t>US94951AAA79</t>
+  </si>
+  <si>
+    <t>94951AAA7</t>
+  </si>
+  <si>
+    <t>NEUB 2020-39A A1 V/R 04/20/38</t>
+  </si>
+  <si>
+    <t>US64134GAL32</t>
+  </si>
+  <si>
+    <t>64134GAL3</t>
+  </si>
+  <si>
+    <t>CEDF 2018-9A AR V/R 07/20/37</t>
+  </si>
+  <si>
+    <t>US15033EAN85</t>
+  </si>
+  <si>
+    <t>15033EAN8</t>
+  </si>
+  <si>
+    <t>CARVL 2022-2A A1 V/R 10/22/37</t>
+  </si>
+  <si>
+    <t>US14686NAL55</t>
+  </si>
+  <si>
+    <t>14686NAL5</t>
+  </si>
+  <si>
+    <t>VENTR 2022-46A A V/R 10/20/37</t>
+  </si>
+  <si>
+    <t>US92326CBA45</t>
+  </si>
+  <si>
+    <t>92326CBA4</t>
+  </si>
+  <si>
+    <t>CARVL 2024-3A A1 V/R 10/20/37</t>
+  </si>
+  <si>
+    <t>US14688RAA86</t>
+  </si>
+  <si>
+    <t>14688RAA8</t>
+  </si>
+  <si>
+    <t>AGL 2020-4A AR2 V/R 10/20/37</t>
+  </si>
+  <si>
+    <t>US001199AQ17</t>
+  </si>
+  <si>
+    <t>001199AQ1</t>
+  </si>
+  <si>
+    <t>KLLM 9A AR V/R 01/20/38</t>
+  </si>
+  <si>
+    <t>US37147LAN91</t>
+  </si>
+  <si>
+    <t>37147LAN9</t>
+  </si>
+  <si>
+    <t>OCT47 2020-1A A1 V/R 01/22/38</t>
+  </si>
+  <si>
+    <t>US67576XAW02</t>
+  </si>
+  <si>
+    <t>67576XAW0</t>
+  </si>
+  <si>
     <t>2.37%</t>
   </si>
   <si>
-    <t>HARUS 2024-2A A1 V/R 10/15/37</t>
-[...127 lines deleted...]
-  <si>
     <t>MLFPK 2022-1A AR V/R 01/20/38</t>
   </si>
   <si>
     <t>US59966PAN24</t>
   </si>
   <si>
     <t>59966PAN2</t>
   </si>
   <si>
-    <t>2.13%</t>
+    <t>2.14%</t>
   </si>
   <si>
     <t>LCM 32A A1 V/R 07/20/34</t>
   </si>
   <si>
     <t>US50204AAA43</t>
   </si>
   <si>
     <t>50204AAA4</t>
   </si>
   <si>
-    <t>1.77%</t>
+    <t>1.78%</t>
   </si>
   <si>
     <t>MP8 2015-2A ARR V/R 04/28/34</t>
   </si>
   <si>
     <t>US62481WAL19</t>
   </si>
   <si>
     <t>62481WAL1</t>
   </si>
   <si>
-    <t>1.18%</t>
-[...11 lines deleted...]
-    <t>1.11%</t>
+    <t>1.12%</t>
   </si>
   <si>
     <t>BLUEM 2019-24A A V/R 04/20/34</t>
   </si>
   <si>
     <t>US09609NAL91</t>
   </si>
   <si>
     <t>09609NAL9</t>
   </si>
   <si>
     <t>0.71%</t>
   </si>
   <si>
     <t>ROCKT 2021-1A A1 V/R 07/20/34</t>
   </si>
   <si>
     <t>US77341KAA97</t>
   </si>
   <si>
     <t>77341KAA9</t>
   </si>
   <si>
     <t>0.59%</t>
   </si>
   <si>
     <t>CBAM 2017-2A AR V/R 07/17/34</t>
   </si>
   <si>
     <t>US12481KAS78</t>
   </si>
   <si>
     <t>12481KAS7</t>
-  </si>
-[...10 lines deleted...]
-    <t>92558NAJ1</t>
   </si>
   <si>
     <t>0.00%</t>
   </si>
   <si>
     <t>SHACK 2013-4RA A V/R 04/13/31</t>
   </si>
   <si>
     <t>US81882HAA32</t>
   </si>
   <si>
     <t>81882HAA3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -771,51 +747,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:W39"/>
+  <dimension ref="A1:W37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="20.281" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="16.567" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2"/>
       <c r="C1" s="2"/>
       <c r="D1" s="2"/>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
     </row>
@@ -845,754 +821,714 @@
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
       <c r="V3" s="1"/>
       <c r="W3" s="1"/>
     </row>
     <row r="4" spans="1:23">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
-        <v>2635887.32</v>
+        <v>2861659.11</v>
       </c>
       <c r="F4">
-        <v>2635887.32</v>
+        <v>2861659.11</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5">
         <v>2000000</v>
       </c>
       <c r="F5">
-        <v>2019074.06</v>
+        <v>2023464.11</v>
       </c>
     </row>
     <row r="6" spans="1:23">
       <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6" t="s">
         <v>13</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>14</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E6">
         <v>2000000</v>
       </c>
       <c r="F6">
-        <v>2016208.26</v>
+        <v>2023415.91</v>
       </c>
     </row>
     <row r="7" spans="1:23">
       <c r="A7" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>19</v>
       </c>
       <c r="E7">
         <v>2000000</v>
       </c>
       <c r="F7">
-        <v>2014865.71</v>
+        <v>2020304.85</v>
       </c>
     </row>
     <row r="8" spans="1:23">
       <c r="A8" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8">
         <v>2000000</v>
       </c>
       <c r="F8">
-        <v>2013268.11</v>
+        <v>2019384.55</v>
       </c>
     </row>
     <row r="9" spans="1:23">
       <c r="A9" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
       <c r="E9">
         <v>2000000</v>
       </c>
       <c r="F9">
-        <v>2012286.92</v>
+        <v>2017667.06</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>26</v>
       </c>
       <c r="B10" t="s">
         <v>27</v>
       </c>
       <c r="C10" t="s">
         <v>28</v>
       </c>
       <c r="D10" t="s">
         <v>29</v>
       </c>
       <c r="E10">
         <v>2000000</v>
       </c>
       <c r="F10">
-        <v>2010538.57</v>
+        <v>2015818.14</v>
       </c>
     </row>
     <row r="11" spans="1:23">
       <c r="A11" t="s">
         <v>26</v>
       </c>
       <c r="B11" t="s">
         <v>30</v>
       </c>
       <c r="C11" t="s">
         <v>31</v>
       </c>
       <c r="D11" t="s">
         <v>32</v>
       </c>
       <c r="E11">
         <v>2000000</v>
       </c>
       <c r="F11">
-        <v>2009681.42</v>
+        <v>2014425.41</v>
       </c>
     </row>
     <row r="12" spans="1:23">
       <c r="A12" t="s">
         <v>33</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
       <c r="E12">
         <v>1500000</v>
       </c>
       <c r="F12">
-        <v>1511770.3</v>
+        <v>1516886.58</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
         <v>39</v>
       </c>
       <c r="E13">
         <v>1500000</v>
       </c>
       <c r="F13">
-        <v>1511615.11</v>
+        <v>1516842.47</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" t="s">
         <v>40</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>41</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E14">
         <v>1500000</v>
       </c>
       <c r="F14">
-        <v>1510313.99</v>
+        <v>1515218.74</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
       <c r="E15">
         <v>1500000</v>
       </c>
       <c r="F15">
-        <v>1507031.24</v>
+        <v>1511410.44</v>
       </c>
     </row>
     <row r="16" spans="1:23">
       <c r="A16" t="s">
         <v>47</v>
       </c>
       <c r="B16" t="s">
         <v>48</v>
       </c>
       <c r="C16" t="s">
         <v>49</v>
       </c>
       <c r="D16" t="s">
         <v>50</v>
       </c>
       <c r="E16">
         <v>1400000</v>
       </c>
       <c r="F16">
-        <v>1411958.73</v>
+        <v>1415855.84</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17" t="s">
         <v>53</v>
       </c>
       <c r="D17" t="s">
         <v>54</v>
       </c>
       <c r="E17">
         <v>1000000</v>
       </c>
       <c r="F17">
-        <v>1007705.83</v>
+        <v>1012055.52</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>51</v>
       </c>
       <c r="B18" t="s">
         <v>55</v>
       </c>
       <c r="C18" t="s">
         <v>56</v>
       </c>
       <c r="D18" t="s">
         <v>57</v>
       </c>
       <c r="E18">
         <v>1000000</v>
       </c>
       <c r="F18">
-        <v>1007458.97</v>
+        <v>1011582.06</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>51</v>
       </c>
       <c r="B19" t="s">
         <v>58</v>
       </c>
       <c r="C19" t="s">
         <v>59</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19">
         <v>1000000</v>
       </c>
       <c r="F19">
-        <v>1007376.43</v>
+        <v>1011534.73</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>61</v>
       </c>
       <c r="C20" t="s">
         <v>62</v>
       </c>
       <c r="D20" t="s">
         <v>63</v>
       </c>
       <c r="E20">
         <v>1000000</v>
       </c>
       <c r="F20">
-        <v>1007302.01</v>
+        <v>1011333.19</v>
       </c>
     </row>
     <row r="21" spans="1:23">
       <c r="A21" t="s">
         <v>51</v>
       </c>
       <c r="B21" t="s">
         <v>64</v>
       </c>
       <c r="C21" t="s">
         <v>65</v>
       </c>
       <c r="D21" t="s">
         <v>66</v>
       </c>
       <c r="E21">
         <v>1000000</v>
       </c>
       <c r="F21">
-        <v>1007186.2</v>
+        <v>1011209.06</v>
       </c>
     </row>
     <row r="22" spans="1:23">
       <c r="A22" t="s">
         <v>51</v>
       </c>
       <c r="B22" t="s">
         <v>67</v>
       </c>
       <c r="C22" t="s">
         <v>68</v>
       </c>
       <c r="D22" t="s">
         <v>69</v>
       </c>
       <c r="E22">
         <v>1000000</v>
       </c>
       <c r="F22">
-        <v>1007148.07</v>
+        <v>1010838.47</v>
       </c>
     </row>
     <row r="23" spans="1:23">
       <c r="A23" t="s">
         <v>51</v>
       </c>
       <c r="B23" t="s">
         <v>70</v>
       </c>
       <c r="C23" t="s">
         <v>71</v>
       </c>
       <c r="D23" t="s">
         <v>72</v>
       </c>
       <c r="E23">
         <v>1000000</v>
       </c>
       <c r="F23">
-        <v>1007007.46</v>
+        <v>1010820.32</v>
       </c>
     </row>
     <row r="24" spans="1:23">
       <c r="A24" t="s">
         <v>51</v>
       </c>
       <c r="B24" t="s">
         <v>73</v>
       </c>
       <c r="C24" t="s">
         <v>74</v>
       </c>
       <c r="D24" t="s">
         <v>75</v>
       </c>
       <c r="E24">
         <v>1000000</v>
       </c>
       <c r="F24">
-        <v>1006846.43</v>
+        <v>1010802.91</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>51</v>
       </c>
       <c r="B25" t="s">
         <v>76</v>
       </c>
       <c r="C25" t="s">
         <v>77</v>
       </c>
       <c r="D25" t="s">
         <v>78</v>
       </c>
       <c r="E25">
         <v>1000000</v>
       </c>
       <c r="F25">
-        <v>1006841.31</v>
+        <v>1010622.6</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>51</v>
       </c>
       <c r="B26" t="s">
         <v>79</v>
       </c>
       <c r="C26" t="s">
         <v>80</v>
       </c>
       <c r="D26" t="s">
         <v>81</v>
       </c>
       <c r="E26">
         <v>1000000</v>
       </c>
       <c r="F26">
-        <v>1006645.6</v>
+        <v>1010502.05</v>
       </c>
     </row>
     <row r="27" spans="1:23">
       <c r="A27" t="s">
         <v>51</v>
       </c>
       <c r="B27" t="s">
         <v>82</v>
       </c>
       <c r="C27" t="s">
         <v>83</v>
       </c>
       <c r="D27" t="s">
         <v>84</v>
       </c>
       <c r="E27">
         <v>1000000</v>
       </c>
       <c r="F27">
-        <v>1006620.44</v>
+        <v>1010483.08</v>
       </c>
     </row>
     <row r="28" spans="1:23">
       <c r="A28" t="s">
         <v>51</v>
       </c>
       <c r="B28" t="s">
         <v>85</v>
       </c>
       <c r="C28" t="s">
         <v>86</v>
       </c>
       <c r="D28" t="s">
         <v>87</v>
       </c>
       <c r="E28">
         <v>1000000</v>
       </c>
       <c r="F28">
-        <v>1005537.72</v>
+        <v>1010324.54</v>
       </c>
     </row>
     <row r="29" spans="1:23">
       <c r="A29" t="s">
         <v>51</v>
       </c>
       <c r="B29" t="s">
         <v>88</v>
       </c>
       <c r="C29" t="s">
         <v>89</v>
       </c>
       <c r="D29" t="s">
         <v>90</v>
       </c>
       <c r="E29">
         <v>1000000</v>
       </c>
       <c r="F29">
-        <v>1005283.04</v>
+        <v>1010242.9</v>
       </c>
     </row>
     <row r="30" spans="1:23">
       <c r="A30" t="s">
         <v>51</v>
       </c>
       <c r="B30" t="s">
         <v>91</v>
       </c>
       <c r="C30" t="s">
         <v>92</v>
       </c>
       <c r="D30" t="s">
         <v>93</v>
       </c>
       <c r="E30">
         <v>1000000</v>
       </c>
       <c r="F30">
-        <v>1005122.09</v>
+        <v>1010012.57</v>
       </c>
     </row>
     <row r="31" spans="1:23">
       <c r="A31" t="s">
         <v>94</v>
       </c>
       <c r="B31" t="s">
         <v>95</v>
       </c>
       <c r="C31" t="s">
         <v>96</v>
       </c>
       <c r="D31" t="s">
         <v>97</v>
       </c>
       <c r="E31">
         <v>1000000</v>
       </c>
       <c r="F31">
-        <v>1004473.82</v>
+        <v>1007743.76</v>
       </c>
     </row>
     <row r="32" spans="1:23">
       <c r="A32" t="s">
         <v>98</v>
       </c>
       <c r="B32" t="s">
         <v>99</v>
       </c>
       <c r="C32" t="s">
         <v>100</v>
       </c>
       <c r="D32" t="s">
         <v>101</v>
       </c>
       <c r="E32">
         <v>900000</v>
       </c>
       <c r="F32">
-        <v>904379.03</v>
+        <v>909369</v>
       </c>
     </row>
     <row r="33" spans="1:23">
       <c r="A33" t="s">
         <v>102</v>
       </c>
       <c r="B33" t="s">
         <v>103</v>
       </c>
       <c r="C33" t="s">
         <v>104</v>
       </c>
       <c r="D33" t="s">
         <v>105</v>
       </c>
       <c r="E33">
         <v>750000</v>
       </c>
       <c r="F33">
-        <v>753085.87</v>
+        <v>757255.12</v>
       </c>
     </row>
     <row r="34" spans="1:23">
       <c r="A34" t="s">
         <v>106</v>
       </c>
       <c r="B34" t="s">
         <v>107</v>
       </c>
       <c r="C34" t="s">
         <v>108</v>
       </c>
       <c r="D34" t="s">
         <v>109</v>
       </c>
       <c r="E34">
-        <v>500000</v>
+        <v>470000</v>
       </c>
       <c r="F34">
-        <v>502704.08</v>
+        <v>474855.71</v>
       </c>
     </row>
     <row r="35" spans="1:23">
       <c r="A35" t="s">
         <v>110</v>
       </c>
       <c r="B35" t="s">
         <v>111</v>
       </c>
       <c r="C35" t="s">
         <v>112</v>
       </c>
       <c r="D35" t="s">
         <v>113</v>
       </c>
       <c r="E35">
-        <v>470000</v>
+        <v>300000</v>
       </c>
       <c r="F35">
-        <v>471953.43</v>
+        <v>303206.62</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>114</v>
       </c>
       <c r="B36" t="s">
         <v>115</v>
       </c>
       <c r="C36" t="s">
         <v>116</v>
       </c>
       <c r="D36" t="s">
         <v>117</v>
       </c>
       <c r="E36">
-        <v>300000</v>
+        <v>250000</v>
       </c>
       <c r="F36">
-        <v>301354.2</v>
+        <v>252721.19</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>118</v>
       </c>
       <c r="B37" t="s">
         <v>119</v>
       </c>
       <c r="C37" t="s">
         <v>120</v>
       </c>
       <c r="D37" t="s">
         <v>121</v>
       </c>
       <c r="E37">
-        <v>250000</v>
+        <v>1084.412</v>
       </c>
       <c r="F37">
-        <v>251337.17</v>
-[...39 lines deleted...]
-        <v>1090.3</v>
+        <v>1095.63</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>